--- v0 (2025-10-04)
+++ v1 (2025-12-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f2412246154924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e76fe28f3e74ad4a0b762178df139ff.psmdcp" Id="Rfdc889cea9874f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b096811a034297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39cda91bb4004c95ba7fe2af432ac194.psmdcp" Id="Rc965cb5d7ab84d47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>מדיפאואר</x:t>
   </x:si>
@@ -136,52 +136,52 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C107" totalsRowShown="0">
-  <x:autoFilter ref="A1:C107"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C98" totalsRowShown="0">
+  <x:autoFilter ref="A1:C98"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C384" totalsRowShown="0">
   <x:autoFilter ref="A1:C384"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>45757.75</x:v>
+        <x:v>45669.875</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -539,1277 +539,1172 @@
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId9"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
-      <x:c r="A2" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
+      <x:c r="A2" s="0" t="s"/>
+      <x:c r="B2" s="0" t="s"/>
+      <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C107"/>
+  <x:dimension ref="A1:C98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>44840</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>81.69</x:v>
+        <x:v>81.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>44847</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>82.22</x:v>
+        <x:v>82.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>44854</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>82.79</x:v>
+        <x:v>80.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>44861</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>87.3</x:v>
+        <x:v>158.27</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>44868</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>84.72</x:v>
+        <x:v>82.39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>44875</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>82.87</x:v>
+        <x:v>85.25</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>44882</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>88.6</x:v>
+        <x:v>85.88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>44889</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>86.61</x:v>
+        <x:v>85.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>44896</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>93.24</x:v>
+        <x:v>82.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>44903</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>81.09</x:v>
+        <x:v>81.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>44910</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>82.25</x:v>
+        <x:v>79.19</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>44917</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>80.5</x:v>
+        <x:v>69.59</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>44924</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>158.27</x:v>
+        <x:v>63.46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>44931</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>82.39</x:v>
+        <x:v>62.77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>44938</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>85.25</x:v>
+        <x:v>53.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>44945</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>85.88</x:v>
+        <x:v>64.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>44952</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>85.43</x:v>
+        <x:v>51.11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>44959</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>82.01</x:v>
+        <x:v>62.46</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>44966</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>81.83</x:v>
+        <x:v>92.11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>44973</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>79.19</x:v>
+        <x:v>92.84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>44980</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>69.59</x:v>
+        <x:v>98.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>44987</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>63.46</x:v>
+        <x:v>70.97</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>44994</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>62.77</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>45001</x:v>
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>53.8</x:v>
+        <x:v>63.51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>45008</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>64.9</x:v>
+        <x:v>54.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>45015</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>51.11</x:v>
+        <x:v>60.43</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>45020</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>62.46</x:v>
+        <x:v>68.07</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>45029</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>92.11</x:v>
+        <x:v>68.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>45036</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>92.84</x:v>
+        <x:v>78.55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>45043</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>98.75</x:v>
+        <x:v>91.88</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>45050</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>70.97</x:v>
+        <x:v>78.84</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>45057</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>64.89</x:v>
+        <x:v>82.46</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>45064</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>63.51</x:v>
+        <x:v>96.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>45070</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>54.3</x:v>
+        <x:v>99.89</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>45078</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>60.43</x:v>
+        <x:v>85.21</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>45085</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>68.07</x:v>
+        <x:v>90.34</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>45092</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>68.09</x:v>
+        <x:v>91.28</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>45099</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>78.55</x:v>
+        <x:v>110.56</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>45106</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>91.88</x:v>
+        <x:v>111.25</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>45113</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>78.84</x:v>
+        <x:v>161.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>45120</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>82.46</x:v>
+        <x:v>156.58</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>45127</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>96.35</x:v>
+        <x:v>154.83</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>45133</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>99.89</x:v>
+        <x:v>150.27</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>45141</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>85.21</x:v>
+        <x:v>141.38</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>45148</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>90.34</x:v>
+        <x:v>178.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>45155</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>91.28</x:v>
+        <x:v>166.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>45162</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>110.56</x:v>
+        <x:v>167.25</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>45169</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>111.25</x:v>
+        <x:v>53.56</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>45176</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>161.17</x:v>
+        <x:v>15.78</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>45183</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>156.58</x:v>
+        <x:v>25.74</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>45190</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>154.83</x:v>
+        <x:v>18.61</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>45197</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>150.27</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>45204</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>141.38</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>45211</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>178.36</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>45218</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>166.5</x:v>
+        <x:v>26.04</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>45225</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>167.25</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>45232</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>53.56</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>45239</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>15.78</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>45246</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>25.74</x:v>
+        <x:v>24.14</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>45253</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>18.61</x:v>
+        <x:v>33.64</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>45260</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>17.33</x:v>
+        <x:v>35.73</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B63" s="2">
-        <x:v>45267</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
-        <x:v>20.04</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B64" s="2">
-        <x:v>45274</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>22.52</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>45281</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
-        <x:v>26.04</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>45288</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>20.34</x:v>
+        <x:v>30.97</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>45295</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>45302</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>21.44</x:v>
+        <x:v>27.88</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>45309</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>24.14</x:v>
+        <x:v>26.54</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>45316</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>33.64</x:v>
+        <x:v>25.69</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B71" s="2">
-        <x:v>45323</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>35.73</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>45330</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>22.42</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>45337</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>21.07</x:v>
+        <x:v>15.93</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>45344</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
-        <x:v>22.06</x:v>
+        <x:v>14.42</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B75" s="2">
-        <x:v>45351</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
-        <x:v>30.97</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B76" s="2">
-        <x:v>45358</x:v>
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B77" s="2">
-        <x:v>45365</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>27.88</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B78" s="2">
-        <x:v>45372</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>26.54</x:v>
+        <x:v>30.89</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B79" s="2">
-        <x:v>45379</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>25.69</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>45386</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>20.66</x:v>
+        <x:v>35.76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>45393</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>16.98</x:v>
+        <x:v>29.57</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B82" s="2">
-        <x:v>45400</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>15.93</x:v>
+        <x:v>13.88</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>45407</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>14.42</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>45414</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
-        <x:v>20.03</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>45421</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>20.6</x:v>
+        <x:v>15.94</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>45428</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.13</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>45435</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
-        <x:v>30.89</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>45442</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>23.42</x:v>
+        <x:v>28.19</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B89" s="2">
-        <x:v>45449</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
-        <x:v>35.76</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B90" s="2">
-        <x:v>45456</x:v>
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
-        <x:v>29.57</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B91" s="2">
-        <x:v>45463</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C91" s="0" t="n">
-        <x:v>13.88</x:v>
+        <x:v>16.58</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B92" s="2">
-        <x:v>45470</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C92" s="0" t="n">
-        <x:v>20.16</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B93" s="2">
-        <x:v>45477</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C93" s="0" t="n">
-        <x:v>15.56</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:3">
       <x:c r="A94" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B94" s="2">
-        <x:v>45484</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C94" s="0" t="n">
-        <x:v>15.94</x:v>
+        <x:v>13.43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:3">
       <x:c r="A95" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B95" s="2">
-        <x:v>45491</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="C95" s="0" t="n">
-        <x:v>16.13</x:v>
+        <x:v>12.85</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:3">
       <x:c r="A96" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B96" s="2">
-        <x:v>45498</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C96" s="0" t="n">
-        <x:v>20.57</x:v>
+        <x:v>12.82</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:3">
       <x:c r="A97" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B97" s="2">
-        <x:v>45505</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C97" s="0" t="n">
-        <x:v>28.19</x:v>
+        <x:v>12.75</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:3">
       <x:c r="A98" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B98" s="2">
-        <x:v>45512</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C98" s="0" t="n">
-        <x:v>16.99</x:v>
-[...97 lines deleted...]
-      <x:c r="C107" s="0" t="n">
         <x:v>12.37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C384"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>