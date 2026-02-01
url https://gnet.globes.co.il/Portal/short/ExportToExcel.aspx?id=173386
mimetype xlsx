--- v1 (2025-12-01)
+++ v2 (2026-02-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b096811a034297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39cda91bb4004c95ba7fe2af432ac194.psmdcp" Id="Rc965cb5d7ab84d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e819fcfeaf412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/113e52e535f44c3b9269c196595fb662.psmdcp" Id="R342b383662c747e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>מדיפאואר</x:t>
   </x:si>
@@ -136,52 +136,52 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C98" totalsRowShown="0">
-  <x:autoFilter ref="A1:C98"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C90" totalsRowShown="0">
+  <x:autoFilter ref="A1:C90"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C384" totalsRowShown="0">
   <x:autoFilter ref="A1:C384"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>45669.875</x:v>
+        <x:v>46024.9166666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -575,1136 +575,1048 @@
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C98"/>
+  <x:dimension ref="A1:C90"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>44903</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>81.09</x:v>
+        <x:v>82.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>44910</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>82.25</x:v>
+        <x:v>81.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>44917</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>80.5</x:v>
+        <x:v>79.19</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>44924</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>158.27</x:v>
+        <x:v>69.59</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>44931</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>82.39</x:v>
+        <x:v>63.46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>44938</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>85.25</x:v>
+        <x:v>62.77</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>44945</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>85.88</x:v>
+        <x:v>53.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>44952</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>85.43</x:v>
+        <x:v>64.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>44959</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>82.01</x:v>
+        <x:v>51.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>44966</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>81.83</x:v>
+        <x:v>62.46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>44973</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>79.19</x:v>
+        <x:v>92.11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>44980</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>69.59</x:v>
+        <x:v>92.84</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>44987</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>63.46</x:v>
+        <x:v>98.75</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>44994</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>62.77</x:v>
+        <x:v>70.97</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>45001</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>53.8</x:v>
+        <x:v>64.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>45008</x:v>
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>64.9</x:v>
+        <x:v>63.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>45015</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>51.11</x:v>
+        <x:v>54.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>45020</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>62.46</x:v>
+        <x:v>60.43</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>45029</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>92.11</x:v>
+        <x:v>68.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>45036</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>92.84</x:v>
+        <x:v>68.09</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>45043</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>98.75</x:v>
+        <x:v>78.55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>45050</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>70.97</x:v>
+        <x:v>91.88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>45057</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>64.89</x:v>
+        <x:v>78.84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>45064</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>63.51</x:v>
+        <x:v>82.46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>45070</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>54.3</x:v>
+        <x:v>96.35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>45078</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>60.43</x:v>
+        <x:v>99.89</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>45085</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>68.07</x:v>
+        <x:v>85.21</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>45092</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>68.09</x:v>
+        <x:v>90.34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>45099</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>78.55</x:v>
+        <x:v>91.28</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>45106</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>91.88</x:v>
+        <x:v>110.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>45113</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>78.84</x:v>
+        <x:v>111.25</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>45120</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>82.46</x:v>
+        <x:v>161.17</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>45127</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>96.35</x:v>
+        <x:v>156.58</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>45133</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>99.89</x:v>
+        <x:v>154.83</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>45141</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>85.21</x:v>
+        <x:v>150.27</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>45148</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>90.34</x:v>
+        <x:v>141.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>45155</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>91.28</x:v>
+        <x:v>178.36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>45162</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>110.56</x:v>
+        <x:v>166.5</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>45169</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>111.25</x:v>
+        <x:v>167.25</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>45176</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>161.17</x:v>
+        <x:v>53.56</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>45183</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>156.58</x:v>
+        <x:v>15.78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>45190</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>154.83</x:v>
+        <x:v>25.74</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>45197</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>150.27</x:v>
+        <x:v>18.61</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>45204</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>141.38</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>45211</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>178.36</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>45218</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>166.5</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>45225</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>167.25</x:v>
+        <x:v>26.04</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>45232</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>53.56</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>45239</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>15.78</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>45246</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>25.74</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>45253</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>18.61</x:v>
+        <x:v>24.14</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>45260</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>17.33</x:v>
+        <x:v>33.64</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>45267</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>20.04</x:v>
+        <x:v>35.73</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>45274</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>45281</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>26.04</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>45288</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>20.34</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>45295</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>21.41</x:v>
+        <x:v>30.97</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>45302</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>45309</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>24.14</x:v>
+        <x:v>27.88</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>45316</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>33.64</x:v>
+        <x:v>26.54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>45323</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>35.73</x:v>
+        <x:v>25.69</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B63" s="2">
-        <x:v>45330</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
-        <x:v>22.42</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B64" s="2">
-        <x:v>45337</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>21.07</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>45344</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
-        <x:v>22.06</x:v>
+        <x:v>15.93</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>45351</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>30.97</x:v>
+        <x:v>14.42</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>45358</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>45365</x:v>
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>27.88</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>45372</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>26.54</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>45379</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>25.69</x:v>
+        <x:v>30.89</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B71" s="2">
-        <x:v>45386</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>20.66</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>45393</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>16.98</x:v>
+        <x:v>35.76</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>45400</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>15.93</x:v>
+        <x:v>29.57</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>45407</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
-        <x:v>14.42</x:v>
+        <x:v>13.88</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B75" s="2">
-        <x:v>45414</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B76" s="2">
-        <x:v>45421</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>20.6</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B77" s="2">
-        <x:v>45428</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>17.1</x:v>
+        <x:v>15.94</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B78" s="2">
-        <x:v>45435</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>30.89</x:v>
+        <x:v>16.13</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B79" s="2">
-        <x:v>45442</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>23.42</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>45449</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>35.76</x:v>
+        <x:v>28.19</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>45456</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>29.57</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B82" s="2">
-        <x:v>45463</x:v>
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>13.88</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>45470</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>20.16</x:v>
+        <x:v>16.58</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>45477</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
-        <x:v>15.56</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>45484</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>15.94</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>45491</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
-        <x:v>16.13</x:v>
+        <x:v>13.43</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>45498</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
-        <x:v>20.57</x:v>
+        <x:v>12.85</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>45505</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>28.19</x:v>
+        <x:v>12.82</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B89" s="2">
-        <x:v>45512</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
-        <x:v>16.99</x:v>
+        <x:v>12.75</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="n">
         <x:v>173386</x:v>
       </x:c>
       <x:c r="B90" s="2">
-        <x:v>45519</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
-        <x:v>16.57</x:v>
-[...86 lines deleted...]
-      <x:c r="C98" s="0" t="n">
         <x:v>12.37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C384"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>