--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644334455a1c48d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff56075c0477408da8136a2135c7e40f.psmdcp" Id="Raa6036671fc74ddc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf39ce648cab14ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f36de12a569143309fdba748b8e9a485.psmdcp" Id="R168a39035ce54fe3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
   <x:si>
-    <x:t>28/10/2025 10:00</x:t>
+    <x:t>14/12/2025 20:00</x:t>
   </x:si>
   <x:si>
     <x:t>כללביט יא-רובד 2</x:t>
   </x:si>
   <x:si>
     <x:t>instrumentID</x:t>
   </x:si>
   <x:si>
     <x:t>date</x:t>
   </x:si>
   <x:si>
     <x:t>balance_kNIS</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -132,52 +132,52 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C103" totalsRowShown="0">
-  <x:autoFilter ref="A1:C103"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C97" totalsRowShown="0">
+  <x:autoFilter ref="A1:C97"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C264" totalsRowShown="0">
   <x:autoFilter ref="A1:C264"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -571,1191 +571,1125 @@
       <x:c r="C1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C103"/>
+  <x:dimension ref="A1:C97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B2" s="1">
-        <x:v>44868</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>14670.82</x:v>
+        <x:v>29880.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B3" s="1">
-        <x:v>44875</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>15823.35</x:v>
+        <x:v>32090.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B4" s="1">
-        <x:v>44882</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>17833.29</x:v>
+        <x:v>21791.53</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B5" s="1">
-        <x:v>44889</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>19186.02</x:v>
+        <x:v>16895.47</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B6" s="1">
-        <x:v>44896</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>24548.01</x:v>
+        <x:v>28475.54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B7" s="1">
-        <x:v>44903</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>27611.81</x:v>
+        <x:v>37584.86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B8" s="1">
-        <x:v>44910</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>29880.09</x:v>
+        <x:v>48199.64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B9" s="1">
-        <x:v>44917</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>32090.88</x:v>
+        <x:v>49155.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B10" s="1">
-        <x:v>44924</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>21791.53</x:v>
+        <x:v>43712.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B11" s="1">
-        <x:v>44931</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>16895.47</x:v>
+        <x:v>49671.46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B12" s="1">
-        <x:v>44938</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>28475.54</x:v>
+        <x:v>46800.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B13" s="1">
-        <x:v>44945</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>37584.86</x:v>
+        <x:v>41224.61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B14" s="1">
-        <x:v>44952</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>48199.64</x:v>
+        <x:v>40017.86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B15" s="1">
-        <x:v>44959</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>49155.67</x:v>
+        <x:v>37679.13</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B16" s="1">
-        <x:v>44966</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>43712.69</x:v>
+        <x:v>37866.12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B17" s="1">
-        <x:v>44973</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>49671.46</x:v>
+        <x:v>31756.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B18" s="1">
-        <x:v>44980</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>46800.94</x:v>
+        <x:v>31877.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B19" s="1">
-        <x:v>44987</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>41224.61</x:v>
+        <x:v>31278.55</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B20" s="1">
-        <x:v>44994</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>40017.86</x:v>
+        <x:v>30907.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B21" s="1">
-        <x:v>45001</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>37679.13</x:v>
+        <x:v>33888.14</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B22" s="1">
-        <x:v>45008</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>37866.12</x:v>
+        <x:v>40397.09</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B23" s="1">
-        <x:v>45015</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>31756.43</x:v>
+        <x:v>42423.06</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B24" s="1">
-        <x:v>45020</x:v>
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>31877.94</x:v>
+        <x:v>42429.13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B25" s="1">
-        <x:v>45029</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>31278.55</x:v>
+        <x:v>49237.99</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B26" s="1">
-        <x:v>45036</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>30907.56</x:v>
+        <x:v>49228.08</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B27" s="1">
-        <x:v>45043</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>33888.14</x:v>
+        <x:v>19091.32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B28" s="1">
-        <x:v>45050</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>40397.09</x:v>
+        <x:v>24632.19</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B29" s="1">
-        <x:v>45057</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>42423.06</x:v>
+        <x:v>32216.75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B30" s="1">
-        <x:v>45064</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>42429.13</x:v>
+        <x:v>45107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B31" s="1">
-        <x:v>45070</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>49237.99</x:v>
+        <x:v>62179.18</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B32" s="1">
-        <x:v>45078</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>49228.08</x:v>
+        <x:v>69828.81</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B33" s="1">
-        <x:v>45085</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>19091.32</x:v>
+        <x:v>77817.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B34" s="1">
-        <x:v>45092</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>24632.19</x:v>
+        <x:v>77805.86</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B35" s="1">
-        <x:v>45099</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>32216.75</x:v>
+        <x:v>78773.97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B36" s="1">
-        <x:v>45106</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>45107.4</x:v>
+        <x:v>83970.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B37" s="1">
-        <x:v>45113</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>62179.18</x:v>
+        <x:v>72920.97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B38" s="1">
-        <x:v>45120</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>69828.81</x:v>
+        <x:v>69635.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B39" s="1">
-        <x:v>45127</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>77817.44</x:v>
+        <x:v>60051.85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B40" s="1">
-        <x:v>45133</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>77805.86</x:v>
+        <x:v>62379.07</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B41" s="1">
-        <x:v>45141</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>78773.97</x:v>
+        <x:v>66476.06</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B42" s="1">
-        <x:v>45148</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>83970.1</x:v>
+        <x:v>72231.18</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B43" s="1">
-        <x:v>45155</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>72920.97</x:v>
+        <x:v>54121.45</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B44" s="1">
-        <x:v>45162</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>69635.81</x:v>
+        <x:v>50883.71</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B45" s="1">
-        <x:v>45169</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>60051.85</x:v>
+        <x:v>51779.15</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B46" s="1">
-        <x:v>45176</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>62379.07</x:v>
+        <x:v>40687.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B47" s="1">
-        <x:v>45183</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>66476.06</x:v>
+        <x:v>27482.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B48" s="1">
-        <x:v>45190</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>72231.18</x:v>
+        <x:v>29005.45</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B49" s="1">
-        <x:v>45197</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>54121.45</x:v>
+        <x:v>33324.14</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B50" s="1">
-        <x:v>45204</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>50883.71</x:v>
+        <x:v>41783.86</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B51" s="1">
-        <x:v>45211</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>51779.15</x:v>
+        <x:v>50919.08</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B52" s="1">
-        <x:v>45218</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>40687.1</x:v>
+        <x:v>66990.59</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B53" s="1">
-        <x:v>45225</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>27482.9</x:v>
+        <x:v>83174.63</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B54" s="1">
-        <x:v>45232</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>29005.45</x:v>
+        <x:v>85900.75</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B55" s="1">
-        <x:v>45239</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>33324.14</x:v>
+        <x:v>93963.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B56" s="1">
-        <x:v>45246</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>41783.86</x:v>
+        <x:v>97416.07</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B57" s="1">
-        <x:v>45253</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>50919.08</x:v>
+        <x:v>108590.95</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B58" s="1">
-        <x:v>45260</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>66990.59</x:v>
+        <x:v>112901.94</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B59" s="1">
-        <x:v>45267</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>83174.63</x:v>
+        <x:v>117665.82</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B60" s="1">
-        <x:v>45274</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>85900.75</x:v>
+        <x:v>103829.44</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B61" s="1">
-        <x:v>45281</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>93963.4</x:v>
+        <x:v>99440.47</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B62" s="1">
-        <x:v>45288</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>97416.07</x:v>
+        <x:v>104092.72</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B63" s="1">
-        <x:v>45295</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
-        <x:v>108590.95</x:v>
+        <x:v>106322.86</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B64" s="1">
-        <x:v>45302</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>112901.94</x:v>
+        <x:v>112347.67</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B65" s="1">
-        <x:v>45309</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
-        <x:v>117665.82</x:v>
+        <x:v>108771.59</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B66" s="1">
-        <x:v>45316</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>103829.44</x:v>
+        <x:v>117756.8</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B67" s="1">
-        <x:v>45323</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>99440.47</x:v>
+        <x:v>108499.62</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B68" s="1">
-        <x:v>45330</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>104092.72</x:v>
+        <x:v>118579.72</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B69" s="1">
-        <x:v>45337</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>106322.86</x:v>
+        <x:v>118677.88</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B70" s="1">
-        <x:v>45344</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>112347.67</x:v>
+        <x:v>114011.44</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B71" s="1">
-        <x:v>45351</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>108771.59</x:v>
+        <x:v>106712.36</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B72" s="1">
-        <x:v>45358</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>117756.8</x:v>
+        <x:v>103242.73</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B73" s="1">
-        <x:v>45365</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>108499.62</x:v>
+        <x:v>104345.05</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B74" s="1">
-        <x:v>45372</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
-        <x:v>118579.72</x:v>
+        <x:v>105388.84</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B75" s="1">
-        <x:v>45379</x:v>
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
-        <x:v>118677.88</x:v>
+        <x:v>107472.95</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B76" s="1">
-        <x:v>45386</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>114011.44</x:v>
+        <x:v>107109.85</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B77" s="1">
-        <x:v>45393</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>106712.36</x:v>
+        <x:v>105607.22</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B78" s="1">
-        <x:v>45400</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>103242.73</x:v>
+        <x:v>105114.71</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B79" s="1">
-        <x:v>45407</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>104345.05</x:v>
+        <x:v>96465.89</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B80" s="1">
-        <x:v>45414</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>105388.84</x:v>
+        <x:v>97766.98</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B81" s="1">
-        <x:v>45421</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>107472.95</x:v>
+        <x:v>103854.31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B82" s="1">
-        <x:v>45428</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>107109.85</x:v>
+        <x:v>110247.52</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B83" s="1">
-        <x:v>45435</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>105607.22</x:v>
+        <x:v>106426.95</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B84" s="1">
-        <x:v>45442</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
-        <x:v>105114.71</x:v>
+        <x:v>108439.19</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B85" s="1">
-        <x:v>45449</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>96465.89</x:v>
+        <x:v>110763.13</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B86" s="1">
-        <x:v>45456</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
-        <x:v>97766.98</x:v>
+        <x:v>110920.64</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B87" s="1">
-        <x:v>45463</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
-        <x:v>103854.31</x:v>
+        <x:v>106425.75</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B88" s="1">
-        <x:v>45470</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>110247.52</x:v>
+        <x:v>105353.66</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B89" s="1">
-        <x:v>45477</x:v>
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
-        <x:v>106426.95</x:v>
+        <x:v>103021.3</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B90" s="1">
-        <x:v>45484</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
-        <x:v>108439.19</x:v>
+        <x:v>103357.21</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B91" s="1">
-        <x:v>45491</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C91" s="0" t="n">
-        <x:v>110763.13</x:v>
+        <x:v>99724.02</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B92" s="1">
-        <x:v>45498</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C92" s="0" t="n">
-        <x:v>110920.64</x:v>
+        <x:v>99465.41</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B93" s="1">
-        <x:v>45505</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C93" s="0" t="n">
-        <x:v>106425.75</x:v>
+        <x:v>100548.01</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:3">
       <x:c r="A94" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B94" s="1">
-        <x:v>45512</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="C94" s="0" t="n">
-        <x:v>105353.66</x:v>
+        <x:v>97006.1</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:3">
       <x:c r="A95" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B95" s="1">
-        <x:v>45519</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C95" s="0" t="n">
-        <x:v>103021.3</x:v>
+        <x:v>94167.88</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:3">
       <x:c r="A96" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B96" s="1">
-        <x:v>45526</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C96" s="0" t="n">
-        <x:v>103357.21</x:v>
+        <x:v>94538.34</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:3">
       <x:c r="A97" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
       <x:c r="B97" s="1">
-        <x:v>45533</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C97" s="0" t="n">
-        <x:v>99724.02</x:v>
-[...64 lines deleted...]
-      <x:c r="C103" s="0" t="n">
         <x:v>94744.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C264"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>