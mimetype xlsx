--- v1 (2025-12-14)
+++ v2 (2026-02-07)
@@ -1,73 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf39ce648cab14ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f36de12a569143309fdba748b8e9a485.psmdcp" Id="R168a39035ce54fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15021b7e05894108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6372fd6019eb4ea887c032187ad8cc44.psmdcp" Id="Rb35b375349234739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
-[...2 lines deleted...]
-  </x:si>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>כללביט יא-רובד 2</x:t>
   </x:si>
   <x:si>
     <x:t>instrumentID</x:t>
   </x:si>
   <x:si>
     <x:t>date</x:t>
   </x:si>
   <x:si>
     <x:t>balance_kNIS</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -80,104 +77,111 @@
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="2">
+  <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="2">
+  <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C97" totalsRowShown="0">
-  <x:autoFilter ref="A1:C97"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C89" totalsRowShown="0">
+  <x:autoFilter ref="A1:C89"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C264" totalsRowShown="0">
   <x:autoFilter ref="A1:C264"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -462,4162 +466,4074 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
-      <x:c r="A1" s="0" t="s">
-        <x:v>0</x:v>
+      <x:c r="A1" s="1">
+        <x:v>46205.8333333333</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId9"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C97"/>
+  <x:dimension ref="A1:C89"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B2" s="1">
-        <x:v>44910</x:v>
+      <x:c r="B2" s="2">
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>29880.09</x:v>
+        <x:v>43712.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B3" s="1">
-        <x:v>44917</x:v>
+      <x:c r="B3" s="2">
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>32090.88</x:v>
+        <x:v>49671.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B4" s="1">
-        <x:v>44924</x:v>
+      <x:c r="B4" s="2">
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>21791.53</x:v>
+        <x:v>46800.94</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B5" s="1">
-        <x:v>44931</x:v>
+      <x:c r="B5" s="2">
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>16895.47</x:v>
+        <x:v>41224.61</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B6" s="1">
-        <x:v>44938</x:v>
+      <x:c r="B6" s="2">
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>28475.54</x:v>
+        <x:v>40017.86</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B7" s="1">
-        <x:v>44945</x:v>
+      <x:c r="B7" s="2">
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>37584.86</x:v>
+        <x:v>37679.13</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B8" s="1">
-        <x:v>44952</x:v>
+      <x:c r="B8" s="2">
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>48199.64</x:v>
+        <x:v>37866.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B9" s="1">
-        <x:v>44959</x:v>
+      <x:c r="B9" s="2">
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>49155.67</x:v>
+        <x:v>31756.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B10" s="1">
-        <x:v>44966</x:v>
+      <x:c r="B10" s="2">
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>43712.69</x:v>
+        <x:v>31877.94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B11" s="1">
-        <x:v>44973</x:v>
+      <x:c r="B11" s="2">
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>49671.46</x:v>
+        <x:v>31278.55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B12" s="1">
-        <x:v>44980</x:v>
+      <x:c r="B12" s="2">
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>46800.94</x:v>
+        <x:v>30907.56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B13" s="1">
-        <x:v>44987</x:v>
+      <x:c r="B13" s="2">
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>41224.61</x:v>
+        <x:v>33888.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B14" s="1">
-        <x:v>44994</x:v>
+      <x:c r="B14" s="2">
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>40017.86</x:v>
+        <x:v>40397.09</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B15" s="1">
-        <x:v>45001</x:v>
+      <x:c r="B15" s="2">
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>37679.13</x:v>
+        <x:v>42423.06</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B16" s="1">
-        <x:v>45008</x:v>
+      <x:c r="B16" s="2">
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>37866.12</x:v>
+        <x:v>42429.13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B17" s="1">
-        <x:v>45015</x:v>
+      <x:c r="B17" s="2">
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>31756.43</x:v>
+        <x:v>49237.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B18" s="1">
-        <x:v>45020</x:v>
+      <x:c r="B18" s="2">
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>31877.94</x:v>
+        <x:v>49228.08</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B19" s="1">
-        <x:v>45029</x:v>
+      <x:c r="B19" s="2">
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>31278.55</x:v>
+        <x:v>19091.32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B20" s="1">
-        <x:v>45036</x:v>
+      <x:c r="B20" s="2">
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>30907.56</x:v>
+        <x:v>24632.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B21" s="1">
-        <x:v>45043</x:v>
+      <x:c r="B21" s="2">
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>33888.14</x:v>
+        <x:v>32216.75</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B22" s="1">
-        <x:v>45050</x:v>
+      <x:c r="B22" s="2">
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>40397.09</x:v>
+        <x:v>45107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B23" s="1">
-        <x:v>45057</x:v>
+      <x:c r="B23" s="2">
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>42423.06</x:v>
+        <x:v>62179.18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B24" s="1">
-        <x:v>45064</x:v>
+      <x:c r="B24" s="2">
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>42429.13</x:v>
+        <x:v>69828.81</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B25" s="1">
-        <x:v>45070</x:v>
+      <x:c r="B25" s="2">
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>49237.99</x:v>
+        <x:v>77817.44</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B26" s="1">
-        <x:v>45078</x:v>
+      <x:c r="B26" s="2">
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>49228.08</x:v>
+        <x:v>77805.86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B27" s="1">
-        <x:v>45085</x:v>
+      <x:c r="B27" s="2">
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>19091.32</x:v>
+        <x:v>78773.97</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B28" s="1">
-        <x:v>45092</x:v>
+      <x:c r="B28" s="2">
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>24632.19</x:v>
+        <x:v>83970.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B29" s="1">
-        <x:v>45099</x:v>
+      <x:c r="B29" s="2">
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>32216.75</x:v>
+        <x:v>72920.97</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B30" s="1">
-        <x:v>45106</x:v>
+      <x:c r="B30" s="2">
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>45107.4</x:v>
+        <x:v>69635.81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B31" s="1">
-        <x:v>45113</x:v>
+      <x:c r="B31" s="2">
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>62179.18</x:v>
+        <x:v>60051.85</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B32" s="1">
-        <x:v>45120</x:v>
+      <x:c r="B32" s="2">
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>69828.81</x:v>
+        <x:v>62379.07</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B33" s="1">
-        <x:v>45127</x:v>
+      <x:c r="B33" s="2">
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>77817.44</x:v>
+        <x:v>66476.06</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B34" s="1">
-        <x:v>45133</x:v>
+      <x:c r="B34" s="2">
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>77805.86</x:v>
+        <x:v>72231.18</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B35" s="1">
-        <x:v>45141</x:v>
+      <x:c r="B35" s="2">
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>78773.97</x:v>
+        <x:v>54121.45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B36" s="1">
-        <x:v>45148</x:v>
+      <x:c r="B36" s="2">
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>83970.1</x:v>
+        <x:v>50883.71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B37" s="1">
-        <x:v>45155</x:v>
+      <x:c r="B37" s="2">
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>72920.97</x:v>
+        <x:v>51779.15</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B38" s="1">
-        <x:v>45162</x:v>
+      <x:c r="B38" s="2">
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>69635.81</x:v>
+        <x:v>40687.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B39" s="1">
-        <x:v>45169</x:v>
+      <x:c r="B39" s="2">
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>60051.85</x:v>
+        <x:v>27482.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B40" s="1">
-        <x:v>45176</x:v>
+      <x:c r="B40" s="2">
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>62379.07</x:v>
+        <x:v>29005.45</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B41" s="1">
-        <x:v>45183</x:v>
+      <x:c r="B41" s="2">
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>66476.06</x:v>
+        <x:v>33324.14</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B42" s="1">
-        <x:v>45190</x:v>
+      <x:c r="B42" s="2">
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>72231.18</x:v>
+        <x:v>41783.86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B43" s="1">
-        <x:v>45197</x:v>
+      <x:c r="B43" s="2">
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>54121.45</x:v>
+        <x:v>50919.08</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B44" s="1">
-        <x:v>45204</x:v>
+      <x:c r="B44" s="2">
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>50883.71</x:v>
+        <x:v>66990.59</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B45" s="1">
-        <x:v>45211</x:v>
+      <x:c r="B45" s="2">
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>51779.15</x:v>
+        <x:v>83174.63</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B46" s="1">
-        <x:v>45218</x:v>
+      <x:c r="B46" s="2">
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>40687.1</x:v>
+        <x:v>85900.75</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B47" s="1">
-        <x:v>45225</x:v>
+      <x:c r="B47" s="2">
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>27482.9</x:v>
+        <x:v>93963.4</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B48" s="1">
-        <x:v>45232</x:v>
+      <x:c r="B48" s="2">
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>29005.45</x:v>
+        <x:v>97416.07</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B49" s="1">
-        <x:v>45239</x:v>
+      <x:c r="B49" s="2">
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>33324.14</x:v>
+        <x:v>108590.95</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B50" s="1">
-        <x:v>45246</x:v>
+      <x:c r="B50" s="2">
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>41783.86</x:v>
+        <x:v>112901.94</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B51" s="1">
-        <x:v>45253</x:v>
+      <x:c r="B51" s="2">
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>50919.08</x:v>
+        <x:v>117665.82</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B52" s="1">
-        <x:v>45260</x:v>
+      <x:c r="B52" s="2">
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>66990.59</x:v>
+        <x:v>103829.44</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B53" s="1">
-        <x:v>45267</x:v>
+      <x:c r="B53" s="2">
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>83174.63</x:v>
+        <x:v>99440.47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B54" s="1">
-        <x:v>45274</x:v>
+      <x:c r="B54" s="2">
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>85900.75</x:v>
+        <x:v>104092.72</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B55" s="1">
-        <x:v>45281</x:v>
+      <x:c r="B55" s="2">
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>93963.4</x:v>
+        <x:v>106322.86</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B56" s="1">
-        <x:v>45288</x:v>
+      <x:c r="B56" s="2">
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>97416.07</x:v>
+        <x:v>112347.67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B57" s="1">
-        <x:v>45295</x:v>
+      <x:c r="B57" s="2">
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>108590.95</x:v>
+        <x:v>108771.59</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B58" s="1">
-        <x:v>45302</x:v>
+      <x:c r="B58" s="2">
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>112901.94</x:v>
+        <x:v>117756.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B59" s="1">
-        <x:v>45309</x:v>
+      <x:c r="B59" s="2">
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>117665.82</x:v>
+        <x:v>108499.62</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B60" s="1">
-        <x:v>45316</x:v>
+      <x:c r="B60" s="2">
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>103829.44</x:v>
+        <x:v>118579.72</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B61" s="1">
-        <x:v>45323</x:v>
+      <x:c r="B61" s="2">
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>99440.47</x:v>
+        <x:v>118677.88</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B62" s="1">
-        <x:v>45330</x:v>
+      <x:c r="B62" s="2">
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>104092.72</x:v>
+        <x:v>114011.44</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B63" s="1">
-        <x:v>45337</x:v>
+      <x:c r="B63" s="2">
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
-        <x:v>106322.86</x:v>
+        <x:v>106712.36</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B64" s="1">
-        <x:v>45344</x:v>
+      <x:c r="B64" s="2">
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>112347.67</x:v>
+        <x:v>103242.73</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B65" s="1">
-        <x:v>45351</x:v>
+      <x:c r="B65" s="2">
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
-        <x:v>108771.59</x:v>
+        <x:v>104345.05</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B66" s="1">
-        <x:v>45358</x:v>
+      <x:c r="B66" s="2">
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>117756.8</x:v>
+        <x:v>105388.84</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B67" s="1">
-        <x:v>45365</x:v>
+      <x:c r="B67" s="2">
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>108499.62</x:v>
+        <x:v>107472.95</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B68" s="1">
-        <x:v>45372</x:v>
+      <x:c r="B68" s="2">
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>118579.72</x:v>
+        <x:v>107109.85</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B69" s="1">
-        <x:v>45379</x:v>
+      <x:c r="B69" s="2">
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>118677.88</x:v>
+        <x:v>105607.22</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B70" s="1">
-        <x:v>45386</x:v>
+      <x:c r="B70" s="2">
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>114011.44</x:v>
+        <x:v>105114.71</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B71" s="1">
-        <x:v>45393</x:v>
+      <x:c r="B71" s="2">
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>106712.36</x:v>
+        <x:v>96465.89</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B72" s="1">
-        <x:v>45400</x:v>
+      <x:c r="B72" s="2">
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>103242.73</x:v>
+        <x:v>97766.98</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B73" s="1">
-        <x:v>45407</x:v>
+      <x:c r="B73" s="2">
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>104345.05</x:v>
+        <x:v>103854.31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B74" s="1">
-        <x:v>45414</x:v>
+      <x:c r="B74" s="2">
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
-        <x:v>105388.84</x:v>
+        <x:v>110247.52</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B75" s="1">
-        <x:v>45421</x:v>
+      <x:c r="B75" s="2">
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
-        <x:v>107472.95</x:v>
+        <x:v>106426.95</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B76" s="1">
-        <x:v>45428</x:v>
+      <x:c r="B76" s="2">
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>107109.85</x:v>
+        <x:v>108439.19</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B77" s="1">
-        <x:v>45435</x:v>
+      <x:c r="B77" s="2">
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>105607.22</x:v>
+        <x:v>110763.13</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B78" s="1">
-        <x:v>45442</x:v>
+      <x:c r="B78" s="2">
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>105114.71</x:v>
+        <x:v>110920.64</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B79" s="1">
-        <x:v>45449</x:v>
+      <x:c r="B79" s="2">
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>96465.89</x:v>
+        <x:v>106425.75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B80" s="1">
-        <x:v>45456</x:v>
+      <x:c r="B80" s="2">
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>97766.98</x:v>
+        <x:v>105353.66</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B81" s="1">
-        <x:v>45463</x:v>
+      <x:c r="B81" s="2">
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>103854.31</x:v>
+        <x:v>103021.3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B82" s="1">
-        <x:v>45470</x:v>
+      <x:c r="B82" s="2">
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>110247.52</x:v>
+        <x:v>103357.21</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B83" s="1">
-        <x:v>45477</x:v>
+      <x:c r="B83" s="2">
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>106426.95</x:v>
+        <x:v>99724.02</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B84" s="1">
-        <x:v>45484</x:v>
+      <x:c r="B84" s="2">
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
-        <x:v>108439.19</x:v>
+        <x:v>99465.41</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B85" s="1">
-        <x:v>45491</x:v>
+      <x:c r="B85" s="2">
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>110763.13</x:v>
+        <x:v>100548.01</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B86" s="1">
-        <x:v>45498</x:v>
+      <x:c r="B86" s="2">
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
-        <x:v>110920.64</x:v>
+        <x:v>97006.1</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B87" s="1">
-        <x:v>45505</x:v>
+      <x:c r="B87" s="2">
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
-        <x:v>106425.75</x:v>
+        <x:v>94167.88</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B88" s="1">
-        <x:v>45512</x:v>
+      <x:c r="B88" s="2">
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>105353.66</x:v>
+        <x:v>94538.34</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B89" s="1">
-        <x:v>45519</x:v>
+      <x:c r="B89" s="2">
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
-        <x:v>103021.3</x:v>
-[...86 lines deleted...]
-      <x:c r="C97" s="0" t="n">
         <x:v>94744.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C264"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B2" s="1">
+      <x:c r="B2" s="2">
         <x:v>43741</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
         <x:v>4571.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B3" s="1">
+      <x:c r="B3" s="2">
         <x:v>43748</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B4" s="1">
+      <x:c r="B4" s="2">
         <x:v>43755</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
         <x:v>10.25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B5" s="1">
+      <x:c r="B5" s="2">
         <x:v>43762</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B6" s="1">
+      <x:c r="B6" s="2">
         <x:v>43769</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>776.36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B7" s="1">
+      <x:c r="B7" s="2">
         <x:v>43776</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B8" s="1">
+      <x:c r="B8" s="2">
         <x:v>43783</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B9" s="1">
+      <x:c r="B9" s="2">
         <x:v>43790</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
         <x:v>23444.99</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B10" s="1">
+      <x:c r="B10" s="2">
         <x:v>43797</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
         <x:v>21594.92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B11" s="1">
+      <x:c r="B11" s="2">
         <x:v>43804</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
         <x:v>15771.28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B12" s="1">
+      <x:c r="B12" s="2">
         <x:v>43811</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
         <x:v>78779.97</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B13" s="1">
+      <x:c r="B13" s="2">
         <x:v>43818</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
         <x:v>138913</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B14" s="1">
+      <x:c r="B14" s="2">
         <x:v>43825</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
         <x:v>88829.01</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B15" s="1">
+      <x:c r="B15" s="2">
         <x:v>43832</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
         <x:v>59463.28</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B16" s="1">
+      <x:c r="B16" s="2">
         <x:v>43839</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
         <x:v>64060.94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B17" s="1">
+      <x:c r="B17" s="2">
         <x:v>43846</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
         <x:v>63790.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B18" s="1">
+      <x:c r="B18" s="2">
         <x:v>43853</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
         <x:v>68947.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B19" s="1">
+      <x:c r="B19" s="2">
         <x:v>43860</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
         <x:v>65037.16</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B20" s="1">
+      <x:c r="B20" s="2">
         <x:v>43867</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>65009.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B21" s="1">
+      <x:c r="B21" s="2">
         <x:v>43874</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>66555.01</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B22" s="1">
+      <x:c r="B22" s="2">
         <x:v>43881</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
         <x:v>66261.31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B23" s="1">
+      <x:c r="B23" s="2">
         <x:v>43888</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
         <x:v>62912</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B24" s="1">
+      <x:c r="B24" s="2">
         <x:v>43895</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
         <x:v>65586.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B25" s="1">
+      <x:c r="B25" s="2">
         <x:v>43902</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
         <x:v>42851.74</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B26" s="1">
+      <x:c r="B26" s="2">
         <x:v>43909</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
         <x:v>41730.64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B27" s="1">
+      <x:c r="B27" s="2">
         <x:v>43916</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
         <x:v>46019.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B28" s="1">
+      <x:c r="B28" s="2">
         <x:v>43923</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
         <x:v>52520.53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B29" s="1">
+      <x:c r="B29" s="2">
         <x:v>43928</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
         <x:v>56674.54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B30" s="1">
+      <x:c r="B30" s="2">
         <x:v>43937</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
         <x:v>56823.93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B31" s="1">
+      <x:c r="B31" s="2">
         <x:v>43944</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
         <x:v>58469.67</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B32" s="1">
+      <x:c r="B32" s="2">
         <x:v>43951</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
         <x:v>59562.35</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B33" s="1">
+      <x:c r="B33" s="2">
         <x:v>43958</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
         <x:v>61005.51</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B34" s="1">
+      <x:c r="B34" s="2">
         <x:v>43965</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
         <x:v>64739.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B35" s="1">
+      <x:c r="B35" s="2">
         <x:v>43972</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
         <x:v>60374.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B36" s="1">
+      <x:c r="B36" s="2">
         <x:v>43978</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
         <x:v>62666.23</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B37" s="1">
+      <x:c r="B37" s="2">
         <x:v>43986</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
         <x:v>65245.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B38" s="1">
+      <x:c r="B38" s="2">
         <x:v>43993</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
         <x:v>65741.63</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B39" s="1">
+      <x:c r="B39" s="2">
         <x:v>44000</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
         <x:v>66354.08</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B40" s="1">
+      <x:c r="B40" s="2">
         <x:v>44007</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
         <x:v>64675.86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B41" s="1">
+      <x:c r="B41" s="2">
         <x:v>44014</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
         <x:v>65202.03</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B42" s="1">
+      <x:c r="B42" s="2">
         <x:v>44021</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
         <x:v>66956.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B43" s="1">
+      <x:c r="B43" s="2">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
         <x:v>67858.83</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B44" s="1">
+      <x:c r="B44" s="2">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
         <x:v>69606.72</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B45" s="1">
+      <x:c r="B45" s="2">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
         <x:v>71799.55</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B46" s="1">
+      <x:c r="B46" s="2">
         <x:v>44049</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
         <x:v>72411.06</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B47" s="1">
+      <x:c r="B47" s="2">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
         <x:v>80531.49</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B48" s="1">
+      <x:c r="B48" s="2">
         <x:v>44063</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
         <x:v>85319.28</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B49" s="1">
+      <x:c r="B49" s="2">
         <x:v>44070</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
         <x:v>87121.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B50" s="1">
+      <x:c r="B50" s="2">
         <x:v>44077</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
         <x:v>89995.53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B51" s="1">
+      <x:c r="B51" s="2">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
         <x:v>82167.75</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B52" s="1">
+      <x:c r="B52" s="2">
         <x:v>44091</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
         <x:v>84003.32</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B53" s="1">
+      <x:c r="B53" s="2">
         <x:v>44098</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
         <x:v>83350.98</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B54" s="1">
+      <x:c r="B54" s="2">
         <x:v>44105</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
         <x:v>84325.82</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B55" s="1">
+      <x:c r="B55" s="2">
         <x:v>44112</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
         <x:v>85950.41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B56" s="1">
+      <x:c r="B56" s="2">
         <x:v>44119</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
         <x:v>81632.74</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B57" s="1">
+      <x:c r="B57" s="2">
         <x:v>44126</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
         <x:v>85835.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B58" s="1">
+      <x:c r="B58" s="2">
         <x:v>44133</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
         <x:v>93222.64</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B59" s="1">
+      <x:c r="B59" s="2">
         <x:v>44140</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
         <x:v>91443.25</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B60" s="1">
+      <x:c r="B60" s="2">
         <x:v>44147</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
         <x:v>89711.81</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B61" s="1">
+      <x:c r="B61" s="2">
         <x:v>44154</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
         <x:v>87978.64</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B62" s="1">
+      <x:c r="B62" s="2">
         <x:v>44161</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
         <x:v>87696.21</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B63" s="1">
+      <x:c r="B63" s="2">
         <x:v>44168</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
         <x:v>43166.99</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B64" s="1">
+      <x:c r="B64" s="2">
         <x:v>44175</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
         <x:v>46063.09</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B65" s="1">
+      <x:c r="B65" s="2">
         <x:v>44182</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
         <x:v>40994.77</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B66" s="1">
+      <x:c r="B66" s="2">
         <x:v>44189</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
         <x:v>39642.17</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B67" s="1">
+      <x:c r="B67" s="2">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
         <x:v>26868.82</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B68" s="1">
+      <x:c r="B68" s="2">
         <x:v>44203</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
         <x:v>25546.16</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B69" s="1">
+      <x:c r="B69" s="2">
         <x:v>44210</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
         <x:v>25182.49</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B70" s="1">
+      <x:c r="B70" s="2">
         <x:v>44217</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
         <x:v>26257.93</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B71" s="1">
+      <x:c r="B71" s="2">
         <x:v>44224</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
         <x:v>25799.17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B72" s="1">
+      <x:c r="B72" s="2">
         <x:v>44231</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
         <x:v>24930.78</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B73" s="1">
+      <x:c r="B73" s="2">
         <x:v>44238</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
         <x:v>26544.33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B74" s="1">
+      <x:c r="B74" s="2">
         <x:v>44245</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
         <x:v>25621.44</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B75" s="1">
+      <x:c r="B75" s="2">
         <x:v>44252</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
         <x:v>23938.91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B76" s="1">
+      <x:c r="B76" s="2">
         <x:v>44259</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
         <x:v>24525.83</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B77" s="1">
+      <x:c r="B77" s="2">
         <x:v>44266</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
         <x:v>20055.99</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B78" s="1">
+      <x:c r="B78" s="2">
         <x:v>44273</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
         <x:v>20074.43</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B79" s="1">
+      <x:c r="B79" s="2">
         <x:v>44280</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
         <x:v>20493.82</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B80" s="1">
+      <x:c r="B80" s="2">
         <x:v>44287</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
         <x:v>18322.97</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B81" s="1">
+      <x:c r="B81" s="2">
         <x:v>44294</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
         <x:v>20263.75</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B82" s="1">
+      <x:c r="B82" s="2">
         <x:v>44299</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
         <x:v>20571.99</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B83" s="1">
+      <x:c r="B83" s="2">
         <x:v>44308</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
         <x:v>22940.47</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B84" s="1">
+      <x:c r="B84" s="2">
         <x:v>44315</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
         <x:v>25382.91</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B85" s="1">
+      <x:c r="B85" s="2">
         <x:v>44322</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
         <x:v>26350.77</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B86" s="1">
+      <x:c r="B86" s="2">
         <x:v>44329</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
         <x:v>26302.1</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B87" s="1">
+      <x:c r="B87" s="2">
         <x:v>44336</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
         <x:v>24948.25</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B88" s="1">
+      <x:c r="B88" s="2">
         <x:v>44343</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
         <x:v>19064.48</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B89" s="1">
+      <x:c r="B89" s="2">
         <x:v>44350</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
         <x:v>19274.06</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B90" s="1">
+      <x:c r="B90" s="2">
         <x:v>44357</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
         <x:v>17674.12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B91" s="1">
+      <x:c r="B91" s="2">
         <x:v>44364</x:v>
       </x:c>
       <x:c r="C91" s="0" t="n">
         <x:v>17785.86</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B92" s="1">
+      <x:c r="B92" s="2">
         <x:v>44371</x:v>
       </x:c>
       <x:c r="C92" s="0" t="n">
         <x:v>19655.87</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B93" s="1">
+      <x:c r="B93" s="2">
         <x:v>44378</x:v>
       </x:c>
       <x:c r="C93" s="0" t="n">
         <x:v>20914.59</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:3">
       <x:c r="A94" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B94" s="1">
+      <x:c r="B94" s="2">
         <x:v>44385</x:v>
       </x:c>
       <x:c r="C94" s="0" t="n">
         <x:v>19112.41</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:3">
       <x:c r="A95" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B95" s="1">
+      <x:c r="B95" s="2">
         <x:v>44392</x:v>
       </x:c>
       <x:c r="C95" s="0" t="n">
         <x:v>21675.85</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:3">
       <x:c r="A96" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B96" s="1">
+      <x:c r="B96" s="2">
         <x:v>44399</x:v>
       </x:c>
       <x:c r="C96" s="0" t="n">
         <x:v>18201.41</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:3">
       <x:c r="A97" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B97" s="1">
+      <x:c r="B97" s="2">
         <x:v>44406</x:v>
       </x:c>
       <x:c r="C97" s="0" t="n">
         <x:v>18486.89</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:3">
       <x:c r="A98" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B98" s="1">
+      <x:c r="B98" s="2">
         <x:v>44413</x:v>
       </x:c>
       <x:c r="C98" s="0" t="n">
         <x:v>20043.67</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:3">
       <x:c r="A99" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B99" s="1">
+      <x:c r="B99" s="2">
         <x:v>44420</x:v>
       </x:c>
       <x:c r="C99" s="0" t="n">
         <x:v>21553.72</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:3">
       <x:c r="A100" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B100" s="1">
+      <x:c r="B100" s="2">
         <x:v>44427</x:v>
       </x:c>
       <x:c r="C100" s="0" t="n">
         <x:v>21307.92</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:3">
       <x:c r="A101" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B101" s="1">
+      <x:c r="B101" s="2">
         <x:v>44434</x:v>
       </x:c>
       <x:c r="C101" s="0" t="n">
         <x:v>20830.69</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:3">
       <x:c r="A102" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B102" s="1">
+      <x:c r="B102" s="2">
         <x:v>44441</x:v>
       </x:c>
       <x:c r="C102" s="0" t="n">
         <x:v>21145.29</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:3">
       <x:c r="A103" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B103" s="1">
+      <x:c r="B103" s="2">
         <x:v>44448</x:v>
       </x:c>
       <x:c r="C103" s="0" t="n">
         <x:v>21927.41</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:3">
       <x:c r="A104" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B104" s="1">
+      <x:c r="B104" s="2">
         <x:v>44453</x:v>
       </x:c>
       <x:c r="C104" s="0" t="n">
         <x:v>22595.09</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:3">
       <x:c r="A105" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B105" s="1">
+      <x:c r="B105" s="2">
         <x:v>44462</x:v>
       </x:c>
       <x:c r="C105" s="0" t="n">
         <x:v>25612.35</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:3">
       <x:c r="A106" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B106" s="1">
+      <x:c r="B106" s="2">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="C106" s="0" t="n">
         <x:v>25015.59</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:3">
       <x:c r="A107" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B107" s="1">
+      <x:c r="B107" s="2">
         <x:v>44476</x:v>
       </x:c>
       <x:c r="C107" s="0" t="n">
         <x:v>21539.63</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:3">
       <x:c r="A108" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B108" s="1">
+      <x:c r="B108" s="2">
         <x:v>44483</x:v>
       </x:c>
       <x:c r="C108" s="0" t="n">
         <x:v>22812.88</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:3">
       <x:c r="A109" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B109" s="1">
+      <x:c r="B109" s="2">
         <x:v>44490</x:v>
       </x:c>
       <x:c r="C109" s="0" t="n">
         <x:v>7133.77</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:3">
       <x:c r="A110" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B110" s="1">
+      <x:c r="B110" s="2">
         <x:v>44497</x:v>
       </x:c>
       <x:c r="C110" s="0" t="n">
         <x:v>6099.81</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:3">
       <x:c r="A111" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B111" s="1">
+      <x:c r="B111" s="2">
         <x:v>44504</x:v>
       </x:c>
       <x:c r="C111" s="0" t="n">
         <x:v>6345.22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:3">
       <x:c r="A112" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B112" s="1">
+      <x:c r="B112" s="2">
         <x:v>44511</x:v>
       </x:c>
       <x:c r="C112" s="0" t="n">
         <x:v>9503.29</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:3">
       <x:c r="A113" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B113" s="1">
+      <x:c r="B113" s="2">
         <x:v>44518</x:v>
       </x:c>
       <x:c r="C113" s="0" t="n">
         <x:v>9179.15</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:3">
       <x:c r="A114" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B114" s="1">
+      <x:c r="B114" s="2">
         <x:v>44525</x:v>
       </x:c>
       <x:c r="C114" s="0" t="n">
         <x:v>9954.11</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:3">
       <x:c r="A115" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B115" s="1">
+      <x:c r="B115" s="2">
         <x:v>44532</x:v>
       </x:c>
       <x:c r="C115" s="0" t="n">
         <x:v>18129.68</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:3">
       <x:c r="A116" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B116" s="1">
+      <x:c r="B116" s="2">
         <x:v>44539</x:v>
       </x:c>
       <x:c r="C116" s="0" t="n">
         <x:v>18955.95</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:3">
       <x:c r="A117" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B117" s="1">
+      <x:c r="B117" s="2">
         <x:v>44546</x:v>
       </x:c>
       <x:c r="C117" s="0" t="n">
         <x:v>19923.54</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:3">
       <x:c r="A118" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B118" s="1">
+      <x:c r="B118" s="2">
         <x:v>44553</x:v>
       </x:c>
       <x:c r="C118" s="0" t="n">
         <x:v>26176.02</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:3">
       <x:c r="A119" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B119" s="1">
+      <x:c r="B119" s="2">
         <x:v>44560</x:v>
       </x:c>
       <x:c r="C119" s="0" t="n">
         <x:v>27634.33</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:3">
       <x:c r="A120" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B120" s="1">
+      <x:c r="B120" s="2">
         <x:v>44567</x:v>
       </x:c>
       <x:c r="C120" s="0" t="n">
         <x:v>28393.29</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:3">
       <x:c r="A121" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B121" s="1">
+      <x:c r="B121" s="2">
         <x:v>44574</x:v>
       </x:c>
       <x:c r="C121" s="0" t="n">
         <x:v>26895.08</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:3">
       <x:c r="A122" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B122" s="1">
+      <x:c r="B122" s="2">
         <x:v>44581</x:v>
       </x:c>
       <x:c r="C122" s="0" t="n">
         <x:v>28634.59</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:3">
       <x:c r="A123" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B123" s="1">
+      <x:c r="B123" s="2">
         <x:v>44588</x:v>
       </x:c>
       <x:c r="C123" s="0" t="n">
         <x:v>24902.15</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:3">
       <x:c r="A124" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B124" s="1">
+      <x:c r="B124" s="2">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="C124" s="0" t="n">
         <x:v>24596.93</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:3">
       <x:c r="A125" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B125" s="1">
+      <x:c r="B125" s="2">
         <x:v>44602</x:v>
       </x:c>
       <x:c r="C125" s="0" t="n">
         <x:v>24852.34</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:3">
       <x:c r="A126" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B126" s="1">
+      <x:c r="B126" s="2">
         <x:v>44609</x:v>
       </x:c>
       <x:c r="C126" s="0" t="n">
         <x:v>23598.03</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:3">
       <x:c r="A127" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B127" s="1">
+      <x:c r="B127" s="2">
         <x:v>44616</x:v>
       </x:c>
       <x:c r="C127" s="0" t="n">
         <x:v>20193.13</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:3">
       <x:c r="A128" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B128" s="1">
+      <x:c r="B128" s="2">
         <x:v>44623</x:v>
       </x:c>
       <x:c r="C128" s="0" t="n">
         <x:v>17234.96</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:3">
       <x:c r="A129" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B129" s="1">
+      <x:c r="B129" s="2">
         <x:v>44630</x:v>
       </x:c>
       <x:c r="C129" s="0" t="n">
         <x:v>9934.74</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:3">
       <x:c r="A130" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B130" s="1">
+      <x:c r="B130" s="2">
         <x:v>44636</x:v>
       </x:c>
       <x:c r="C130" s="0" t="n">
         <x:v>8176.26</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:3">
       <x:c r="A131" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B131" s="1">
+      <x:c r="B131" s="2">
         <x:v>44644</x:v>
       </x:c>
       <x:c r="C131" s="0" t="n">
         <x:v>9009.11</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:3">
       <x:c r="A132" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B132" s="1">
+      <x:c r="B132" s="2">
         <x:v>44651</x:v>
       </x:c>
       <x:c r="C132" s="0" t="n">
         <x:v>7153.34</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:3">
       <x:c r="A133" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B133" s="1">
+      <x:c r="B133" s="2">
         <x:v>44658</x:v>
       </x:c>
       <x:c r="C133" s="0" t="n">
         <x:v>8206.9</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:3">
       <x:c r="A134" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B134" s="1">
+      <x:c r="B134" s="2">
         <x:v>44665</x:v>
       </x:c>
       <x:c r="C134" s="0" t="n">
         <x:v>7975.1</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:3">
       <x:c r="A135" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B135" s="1">
+      <x:c r="B135" s="2">
         <x:v>44671</x:v>
       </x:c>
       <x:c r="C135" s="0" t="n">
         <x:v>9090.06</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:3">
       <x:c r="A136" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B136" s="1">
+      <x:c r="B136" s="2">
         <x:v>44679</x:v>
       </x:c>
       <x:c r="C136" s="0" t="n">
         <x:v>7126.89</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:3">
       <x:c r="A137" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B137" s="1">
+      <x:c r="B137" s="2">
         <x:v>44684</x:v>
       </x:c>
       <x:c r="C137" s="0" t="n">
         <x:v>7943.83</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:3">
       <x:c r="A138" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B138" s="1">
+      <x:c r="B138" s="2">
         <x:v>44693</x:v>
       </x:c>
       <x:c r="C138" s="0" t="n">
         <x:v>7461.99</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:3">
       <x:c r="A139" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B139" s="1">
+      <x:c r="B139" s="2">
         <x:v>44700</x:v>
       </x:c>
       <x:c r="C139" s="0" t="n">
         <x:v>4189.77</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:3">
       <x:c r="A140" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B140" s="1">
+      <x:c r="B140" s="2">
         <x:v>44707</x:v>
       </x:c>
       <x:c r="C140" s="0" t="n">
         <x:v>4243.08</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:3">
       <x:c r="A141" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B141" s="1">
+      <x:c r="B141" s="2">
         <x:v>44714</x:v>
       </x:c>
       <x:c r="C141" s="0" t="n">
         <x:v>4828.4</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:3">
       <x:c r="A142" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B142" s="1">
+      <x:c r="B142" s="2">
         <x:v>44721</x:v>
       </x:c>
       <x:c r="C142" s="0" t="n">
         <x:v>5071.92</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:3">
       <x:c r="A143" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B143" s="1">
+      <x:c r="B143" s="2">
         <x:v>44728</x:v>
       </x:c>
       <x:c r="C143" s="0" t="n">
         <x:v>4144.69</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:3">
       <x:c r="A144" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B144" s="1">
+      <x:c r="B144" s="2">
         <x:v>44735</x:v>
       </x:c>
       <x:c r="C144" s="0" t="n">
         <x:v>6171.31</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:3">
       <x:c r="A145" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B145" s="1">
+      <x:c r="B145" s="2">
         <x:v>44742</x:v>
       </x:c>
       <x:c r="C145" s="0" t="n">
         <x:v>4339.34</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:3">
       <x:c r="A146" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B146" s="1">
+      <x:c r="B146" s="2">
         <x:v>44749</x:v>
       </x:c>
       <x:c r="C146" s="0" t="n">
         <x:v>5007.43</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:3">
       <x:c r="A147" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B147" s="1">
+      <x:c r="B147" s="2">
         <x:v>44756</x:v>
       </x:c>
       <x:c r="C147" s="0" t="n">
         <x:v>4237.29</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:3">
       <x:c r="A148" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B148" s="1">
+      <x:c r="B148" s="2">
         <x:v>44763</x:v>
       </x:c>
       <x:c r="C148" s="0" t="n">
         <x:v>4785.16</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:3">
       <x:c r="A149" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B149" s="1">
+      <x:c r="B149" s="2">
         <x:v>44770</x:v>
       </x:c>
       <x:c r="C149" s="0" t="n">
         <x:v>4725.9</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:3">
       <x:c r="A150" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B150" s="1">
+      <x:c r="B150" s="2">
         <x:v>44777</x:v>
       </x:c>
       <x:c r="C150" s="0" t="n">
         <x:v>4809.1</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:3">
       <x:c r="A151" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B151" s="1">
+      <x:c r="B151" s="2">
         <x:v>44784</x:v>
       </x:c>
       <x:c r="C151" s="0" t="n">
         <x:v>6798.26</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:3">
       <x:c r="A152" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B152" s="1">
+      <x:c r="B152" s="2">
         <x:v>44791</x:v>
       </x:c>
       <x:c r="C152" s="0" t="n">
         <x:v>7676.74</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:3">
       <x:c r="A153" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B153" s="1">
+      <x:c r="B153" s="2">
         <x:v>44798</x:v>
       </x:c>
       <x:c r="C153" s="0" t="n">
         <x:v>10865.25</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:3">
       <x:c r="A154" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B154" s="1">
+      <x:c r="B154" s="2">
         <x:v>44805</x:v>
       </x:c>
       <x:c r="C154" s="0" t="n">
         <x:v>8894.37</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:3">
       <x:c r="A155" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B155" s="1">
+      <x:c r="B155" s="2">
         <x:v>44812</x:v>
       </x:c>
       <x:c r="C155" s="0" t="n">
         <x:v>9258.06</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:3">
       <x:c r="A156" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B156" s="1">
+      <x:c r="B156" s="2">
         <x:v>44819</x:v>
       </x:c>
       <x:c r="C156" s="0" t="n">
         <x:v>7291.79</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:3">
       <x:c r="A157" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B157" s="1">
+      <x:c r="B157" s="2">
         <x:v>44826</x:v>
       </x:c>
       <x:c r="C157" s="0" t="n">
         <x:v>9949.52</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:3">
       <x:c r="A158" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B158" s="1">
+      <x:c r="B158" s="2">
         <x:v>44833</x:v>
       </x:c>
       <x:c r="C158" s="0" t="n">
         <x:v>8708.22</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:3">
       <x:c r="A159" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B159" s="1">
+      <x:c r="B159" s="2">
         <x:v>44840</x:v>
       </x:c>
       <x:c r="C159" s="0" t="n">
         <x:v>8333.46</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:3">
       <x:c r="A160" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B160" s="1">
+      <x:c r="B160" s="2">
         <x:v>44847</x:v>
       </x:c>
       <x:c r="C160" s="0" t="n">
         <x:v>8587.78</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:3">
       <x:c r="A161" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B161" s="1">
+      <x:c r="B161" s="2">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="C161" s="0" t="n">
         <x:v>12936.12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:3">
       <x:c r="A162" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B162" s="1">
+      <x:c r="B162" s="2">
         <x:v>44861</x:v>
       </x:c>
       <x:c r="C162" s="0" t="n">
         <x:v>13645.29</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:3">
       <x:c r="A163" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B163" s="1">
+      <x:c r="B163" s="2">
         <x:v>44868</x:v>
       </x:c>
       <x:c r="C163" s="0" t="n">
         <x:v>14670.82</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:3">
       <x:c r="A164" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B164" s="1">
+      <x:c r="B164" s="2">
         <x:v>44875</x:v>
       </x:c>
       <x:c r="C164" s="0" t="n">
         <x:v>15823.35</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:3">
       <x:c r="A165" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B165" s="1">
+      <x:c r="B165" s="2">
         <x:v>44882</x:v>
       </x:c>
       <x:c r="C165" s="0" t="n">
         <x:v>17833.29</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:3">
       <x:c r="A166" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B166" s="1">
+      <x:c r="B166" s="2">
         <x:v>44889</x:v>
       </x:c>
       <x:c r="C166" s="0" t="n">
         <x:v>19186.02</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:3">
       <x:c r="A167" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B167" s="1">
+      <x:c r="B167" s="2">
         <x:v>44896</x:v>
       </x:c>
       <x:c r="C167" s="0" t="n">
         <x:v>24548.01</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:3">
       <x:c r="A168" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B168" s="1">
+      <x:c r="B168" s="2">
         <x:v>44903</x:v>
       </x:c>
       <x:c r="C168" s="0" t="n">
         <x:v>27611.81</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:3">
       <x:c r="A169" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B169" s="1">
+      <x:c r="B169" s="2">
         <x:v>44910</x:v>
       </x:c>
       <x:c r="C169" s="0" t="n">
         <x:v>29880.09</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:3">
       <x:c r="A170" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B170" s="1">
+      <x:c r="B170" s="2">
         <x:v>44917</x:v>
       </x:c>
       <x:c r="C170" s="0" t="n">
         <x:v>32090.88</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:3">
       <x:c r="A171" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B171" s="1">
+      <x:c r="B171" s="2">
         <x:v>44924</x:v>
       </x:c>
       <x:c r="C171" s="0" t="n">
         <x:v>21791.53</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:3">
       <x:c r="A172" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B172" s="1">
+      <x:c r="B172" s="2">
         <x:v>44931</x:v>
       </x:c>
       <x:c r="C172" s="0" t="n">
         <x:v>16895.47</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:3">
       <x:c r="A173" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B173" s="1">
+      <x:c r="B173" s="2">
         <x:v>44938</x:v>
       </x:c>
       <x:c r="C173" s="0" t="n">
         <x:v>28475.54</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:3">
       <x:c r="A174" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B174" s="1">
+      <x:c r="B174" s="2">
         <x:v>44945</x:v>
       </x:c>
       <x:c r="C174" s="0" t="n">
         <x:v>37584.86</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:3">
       <x:c r="A175" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B175" s="1">
+      <x:c r="B175" s="2">
         <x:v>44952</x:v>
       </x:c>
       <x:c r="C175" s="0" t="n">
         <x:v>48199.64</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:3">
       <x:c r="A176" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B176" s="1">
+      <x:c r="B176" s="2">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="C176" s="0" t="n">
         <x:v>49155.67</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:3">
       <x:c r="A177" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B177" s="1">
+      <x:c r="B177" s="2">
         <x:v>44966</x:v>
       </x:c>
       <x:c r="C177" s="0" t="n">
         <x:v>43712.69</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:3">
       <x:c r="A178" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B178" s="1">
+      <x:c r="B178" s="2">
         <x:v>44973</x:v>
       </x:c>
       <x:c r="C178" s="0" t="n">
         <x:v>49671.46</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:3">
       <x:c r="A179" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B179" s="1">
+      <x:c r="B179" s="2">
         <x:v>44980</x:v>
       </x:c>
       <x:c r="C179" s="0" t="n">
         <x:v>46800.94</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:3">
       <x:c r="A180" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B180" s="1">
+      <x:c r="B180" s="2">
         <x:v>44987</x:v>
       </x:c>
       <x:c r="C180" s="0" t="n">
         <x:v>41224.61</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:3">
       <x:c r="A181" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B181" s="1">
+      <x:c r="B181" s="2">
         <x:v>44994</x:v>
       </x:c>
       <x:c r="C181" s="0" t="n">
         <x:v>40017.86</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:3">
       <x:c r="A182" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B182" s="1">
+      <x:c r="B182" s="2">
         <x:v>45001</x:v>
       </x:c>
       <x:c r="C182" s="0" t="n">
         <x:v>37679.13</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:3">
       <x:c r="A183" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B183" s="1">
+      <x:c r="B183" s="2">
         <x:v>45008</x:v>
       </x:c>
       <x:c r="C183" s="0" t="n">
         <x:v>37866.12</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:3">
       <x:c r="A184" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B184" s="1">
+      <x:c r="B184" s="2">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="C184" s="0" t="n">
         <x:v>31756.43</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:3">
       <x:c r="A185" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B185" s="1">
+      <x:c r="B185" s="2">
         <x:v>45020</x:v>
       </x:c>
       <x:c r="C185" s="0" t="n">
         <x:v>31877.94</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:3">
       <x:c r="A186" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B186" s="1">
+      <x:c r="B186" s="2">
         <x:v>45029</x:v>
       </x:c>
       <x:c r="C186" s="0" t="n">
         <x:v>31278.55</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:3">
       <x:c r="A187" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B187" s="1">
+      <x:c r="B187" s="2">
         <x:v>45036</x:v>
       </x:c>
       <x:c r="C187" s="0" t="n">
         <x:v>30907.56</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:3">
       <x:c r="A188" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B188" s="1">
+      <x:c r="B188" s="2">
         <x:v>45043</x:v>
       </x:c>
       <x:c r="C188" s="0" t="n">
         <x:v>33888.14</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:3">
       <x:c r="A189" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B189" s="1">
+      <x:c r="B189" s="2">
         <x:v>45050</x:v>
       </x:c>
       <x:c r="C189" s="0" t="n">
         <x:v>40397.09</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:3">
       <x:c r="A190" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B190" s="1">
+      <x:c r="B190" s="2">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="C190" s="0" t="n">
         <x:v>42423.06</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:3">
       <x:c r="A191" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B191" s="1">
+      <x:c r="B191" s="2">
         <x:v>45064</x:v>
       </x:c>
       <x:c r="C191" s="0" t="n">
         <x:v>42429.13</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:3">
       <x:c r="A192" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B192" s="1">
+      <x:c r="B192" s="2">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="C192" s="0" t="n">
         <x:v>49237.99</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:3">
       <x:c r="A193" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B193" s="1">
+      <x:c r="B193" s="2">
         <x:v>45078</x:v>
       </x:c>
       <x:c r="C193" s="0" t="n">
         <x:v>49228.08</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:3">
       <x:c r="A194" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B194" s="1">
+      <x:c r="B194" s="2">
         <x:v>45085</x:v>
       </x:c>
       <x:c r="C194" s="0" t="n">
         <x:v>19091.32</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:3">
       <x:c r="A195" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B195" s="1">
+      <x:c r="B195" s="2">
         <x:v>45092</x:v>
       </x:c>
       <x:c r="C195" s="0" t="n">
         <x:v>24632.19</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:3">
       <x:c r="A196" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B196" s="1">
+      <x:c r="B196" s="2">
         <x:v>45099</x:v>
       </x:c>
       <x:c r="C196" s="0" t="n">
         <x:v>32216.75</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:3">
       <x:c r="A197" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B197" s="1">
+      <x:c r="B197" s="2">
         <x:v>45106</x:v>
       </x:c>
       <x:c r="C197" s="0" t="n">
         <x:v>45107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:3">
       <x:c r="A198" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B198" s="1">
+      <x:c r="B198" s="2">
         <x:v>45113</x:v>
       </x:c>
       <x:c r="C198" s="0" t="n">
         <x:v>62179.18</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:3">
       <x:c r="A199" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B199" s="1">
+      <x:c r="B199" s="2">
         <x:v>45120</x:v>
       </x:c>
       <x:c r="C199" s="0" t="n">
         <x:v>69828.81</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:3">
       <x:c r="A200" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B200" s="1">
+      <x:c r="B200" s="2">
         <x:v>45127</x:v>
       </x:c>
       <x:c r="C200" s="0" t="n">
         <x:v>77817.44</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:3">
       <x:c r="A201" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B201" s="1">
+      <x:c r="B201" s="2">
         <x:v>45133</x:v>
       </x:c>
       <x:c r="C201" s="0" t="n">
         <x:v>77805.86</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:3">
       <x:c r="A202" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B202" s="1">
+      <x:c r="B202" s="2">
         <x:v>45141</x:v>
       </x:c>
       <x:c r="C202" s="0" t="n">
         <x:v>78773.97</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:3">
       <x:c r="A203" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B203" s="1">
+      <x:c r="B203" s="2">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="C203" s="0" t="n">
         <x:v>83970.1</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:3">
       <x:c r="A204" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B204" s="1">
+      <x:c r="B204" s="2">
         <x:v>45155</x:v>
       </x:c>
       <x:c r="C204" s="0" t="n">
         <x:v>72920.97</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:3">
       <x:c r="A205" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B205" s="1">
+      <x:c r="B205" s="2">
         <x:v>45162</x:v>
       </x:c>
       <x:c r="C205" s="0" t="n">
         <x:v>69635.81</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:3">
       <x:c r="A206" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B206" s="1">
+      <x:c r="B206" s="2">
         <x:v>45169</x:v>
       </x:c>
       <x:c r="C206" s="0" t="n">
         <x:v>60051.85</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:3">
       <x:c r="A207" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B207" s="1">
+      <x:c r="B207" s="2">
         <x:v>45176</x:v>
       </x:c>
       <x:c r="C207" s="0" t="n">
         <x:v>62379.07</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:3">
       <x:c r="A208" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B208" s="1">
+      <x:c r="B208" s="2">
         <x:v>45183</x:v>
       </x:c>
       <x:c r="C208" s="0" t="n">
         <x:v>66476.06</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:3">
       <x:c r="A209" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B209" s="1">
+      <x:c r="B209" s="2">
         <x:v>45190</x:v>
       </x:c>
       <x:c r="C209" s="0" t="n">
         <x:v>72231.18</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:3">
       <x:c r="A210" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B210" s="1">
+      <x:c r="B210" s="2">
         <x:v>45197</x:v>
       </x:c>
       <x:c r="C210" s="0" t="n">
         <x:v>54121.45</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:3">
       <x:c r="A211" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B211" s="1">
+      <x:c r="B211" s="2">
         <x:v>45204</x:v>
       </x:c>
       <x:c r="C211" s="0" t="n">
         <x:v>50883.71</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:3">
       <x:c r="A212" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B212" s="1">
+      <x:c r="B212" s="2">
         <x:v>45211</x:v>
       </x:c>
       <x:c r="C212" s="0" t="n">
         <x:v>51779.15</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:3">
       <x:c r="A213" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B213" s="1">
+      <x:c r="B213" s="2">
         <x:v>45218</x:v>
       </x:c>
       <x:c r="C213" s="0" t="n">
         <x:v>40687.1</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:3">
       <x:c r="A214" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B214" s="1">
+      <x:c r="B214" s="2">
         <x:v>45225</x:v>
       </x:c>
       <x:c r="C214" s="0" t="n">
         <x:v>27482.9</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:3">
       <x:c r="A215" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B215" s="1">
+      <x:c r="B215" s="2">
         <x:v>45232</x:v>
       </x:c>
       <x:c r="C215" s="0" t="n">
         <x:v>29005.45</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:3">
       <x:c r="A216" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B216" s="1">
+      <x:c r="B216" s="2">
         <x:v>45239</x:v>
       </x:c>
       <x:c r="C216" s="0" t="n">
         <x:v>33324.14</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:3">
       <x:c r="A217" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B217" s="1">
+      <x:c r="B217" s="2">
         <x:v>45246</x:v>
       </x:c>
       <x:c r="C217" s="0" t="n">
         <x:v>41783.86</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:3">
       <x:c r="A218" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B218" s="1">
+      <x:c r="B218" s="2">
         <x:v>45253</x:v>
       </x:c>
       <x:c r="C218" s="0" t="n">
         <x:v>50919.08</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:3">
       <x:c r="A219" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B219" s="1">
+      <x:c r="B219" s="2">
         <x:v>45260</x:v>
       </x:c>
       <x:c r="C219" s="0" t="n">
         <x:v>66990.59</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:3">
       <x:c r="A220" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B220" s="1">
+      <x:c r="B220" s="2">
         <x:v>45267</x:v>
       </x:c>
       <x:c r="C220" s="0" t="n">
         <x:v>83174.63</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:3">
       <x:c r="A221" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B221" s="1">
+      <x:c r="B221" s="2">
         <x:v>45274</x:v>
       </x:c>
       <x:c r="C221" s="0" t="n">
         <x:v>85900.75</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:3">
       <x:c r="A222" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B222" s="1">
+      <x:c r="B222" s="2">
         <x:v>45281</x:v>
       </x:c>
       <x:c r="C222" s="0" t="n">
         <x:v>93963.4</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:3">
       <x:c r="A223" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B223" s="1">
+      <x:c r="B223" s="2">
         <x:v>45288</x:v>
       </x:c>
       <x:c r="C223" s="0" t="n">
         <x:v>97416.07</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:3">
       <x:c r="A224" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B224" s="1">
+      <x:c r="B224" s="2">
         <x:v>45295</x:v>
       </x:c>
       <x:c r="C224" s="0" t="n">
         <x:v>108590.95</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:3">
       <x:c r="A225" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B225" s="1">
+      <x:c r="B225" s="2">
         <x:v>45302</x:v>
       </x:c>
       <x:c r="C225" s="0" t="n">
         <x:v>112901.94</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:3">
       <x:c r="A226" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B226" s="1">
+      <x:c r="B226" s="2">
         <x:v>45309</x:v>
       </x:c>
       <x:c r="C226" s="0" t="n">
         <x:v>117665.82</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:3">
       <x:c r="A227" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B227" s="1">
+      <x:c r="B227" s="2">
         <x:v>45316</x:v>
       </x:c>
       <x:c r="C227" s="0" t="n">
         <x:v>103829.44</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:3">
       <x:c r="A228" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B228" s="1">
+      <x:c r="B228" s="2">
         <x:v>45323</x:v>
       </x:c>
       <x:c r="C228" s="0" t="n">
         <x:v>99440.47</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:3">
       <x:c r="A229" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B229" s="1">
+      <x:c r="B229" s="2">
         <x:v>45330</x:v>
       </x:c>
       <x:c r="C229" s="0" t="n">
         <x:v>104092.72</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:3">
       <x:c r="A230" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B230" s="1">
+      <x:c r="B230" s="2">
         <x:v>45337</x:v>
       </x:c>
       <x:c r="C230" s="0" t="n">
         <x:v>106322.86</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:3">
       <x:c r="A231" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B231" s="1">
+      <x:c r="B231" s="2">
         <x:v>45344</x:v>
       </x:c>
       <x:c r="C231" s="0" t="n">
         <x:v>112347.67</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:3">
       <x:c r="A232" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B232" s="1">
+      <x:c r="B232" s="2">
         <x:v>45351</x:v>
       </x:c>
       <x:c r="C232" s="0" t="n">
         <x:v>108771.59</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:3">
       <x:c r="A233" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B233" s="1">
+      <x:c r="B233" s="2">
         <x:v>45358</x:v>
       </x:c>
       <x:c r="C233" s="0" t="n">
         <x:v>117756.8</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:3">
       <x:c r="A234" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B234" s="1">
+      <x:c r="B234" s="2">
         <x:v>45365</x:v>
       </x:c>
       <x:c r="C234" s="0" t="n">
         <x:v>108499.62</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:3">
       <x:c r="A235" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B235" s="1">
+      <x:c r="B235" s="2">
         <x:v>45372</x:v>
       </x:c>
       <x:c r="C235" s="0" t="n">
         <x:v>118579.72</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:3">
       <x:c r="A236" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B236" s="1">
+      <x:c r="B236" s="2">
         <x:v>45379</x:v>
       </x:c>
       <x:c r="C236" s="0" t="n">
         <x:v>118677.88</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:3">
       <x:c r="A237" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B237" s="1">
+      <x:c r="B237" s="2">
         <x:v>45386</x:v>
       </x:c>
       <x:c r="C237" s="0" t="n">
         <x:v>114011.44</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:3">
       <x:c r="A238" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B238" s="1">
+      <x:c r="B238" s="2">
         <x:v>45393</x:v>
       </x:c>
       <x:c r="C238" s="0" t="n">
         <x:v>106712.36</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:3">
       <x:c r="A239" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B239" s="1">
+      <x:c r="B239" s="2">
         <x:v>45400</x:v>
       </x:c>
       <x:c r="C239" s="0" t="n">
         <x:v>103242.73</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:3">
       <x:c r="A240" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B240" s="1">
+      <x:c r="B240" s="2">
         <x:v>45407</x:v>
       </x:c>
       <x:c r="C240" s="0" t="n">
         <x:v>104345.05</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:3">
       <x:c r="A241" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B241" s="1">
+      <x:c r="B241" s="2">
         <x:v>45414</x:v>
       </x:c>
       <x:c r="C241" s="0" t="n">
         <x:v>105388.84</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:3">
       <x:c r="A242" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B242" s="1">
+      <x:c r="B242" s="2">
         <x:v>45421</x:v>
       </x:c>
       <x:c r="C242" s="0" t="n">
         <x:v>107472.95</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:3">
       <x:c r="A243" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B243" s="1">
+      <x:c r="B243" s="2">
         <x:v>45428</x:v>
       </x:c>
       <x:c r="C243" s="0" t="n">
         <x:v>107109.85</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:3">
       <x:c r="A244" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B244" s="1">
+      <x:c r="B244" s="2">
         <x:v>45435</x:v>
       </x:c>
       <x:c r="C244" s="0" t="n">
         <x:v>105607.22</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:3">
       <x:c r="A245" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B245" s="1">
+      <x:c r="B245" s="2">
         <x:v>45442</x:v>
       </x:c>
       <x:c r="C245" s="0" t="n">
         <x:v>105114.71</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:3">
       <x:c r="A246" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B246" s="1">
+      <x:c r="B246" s="2">
         <x:v>45449</x:v>
       </x:c>
       <x:c r="C246" s="0" t="n">
         <x:v>96465.89</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:3">
       <x:c r="A247" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B247" s="1">
+      <x:c r="B247" s="2">
         <x:v>45456</x:v>
       </x:c>
       <x:c r="C247" s="0" t="n">
         <x:v>97766.98</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:3">
       <x:c r="A248" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B248" s="1">
+      <x:c r="B248" s="2">
         <x:v>45463</x:v>
       </x:c>
       <x:c r="C248" s="0" t="n">
         <x:v>103854.31</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:3">
       <x:c r="A249" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B249" s="1">
+      <x:c r="B249" s="2">
         <x:v>45470</x:v>
       </x:c>
       <x:c r="C249" s="0" t="n">
         <x:v>110247.52</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:3">
       <x:c r="A250" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B250" s="1">
+      <x:c r="B250" s="2">
         <x:v>45477</x:v>
       </x:c>
       <x:c r="C250" s="0" t="n">
         <x:v>106426.95</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:3">
       <x:c r="A251" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B251" s="1">
+      <x:c r="B251" s="2">
         <x:v>45484</x:v>
       </x:c>
       <x:c r="C251" s="0" t="n">
         <x:v>108439.19</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:3">
       <x:c r="A252" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B252" s="1">
+      <x:c r="B252" s="2">
         <x:v>45491</x:v>
       </x:c>
       <x:c r="C252" s="0" t="n">
         <x:v>110763.13</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:3">
       <x:c r="A253" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B253" s="1">
+      <x:c r="B253" s="2">
         <x:v>45498</x:v>
       </x:c>
       <x:c r="C253" s="0" t="n">
         <x:v>110920.64</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:3">
       <x:c r="A254" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B254" s="1">
+      <x:c r="B254" s="2">
         <x:v>45505</x:v>
       </x:c>
       <x:c r="C254" s="0" t="n">
         <x:v>106425.75</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:3">
       <x:c r="A255" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B255" s="1">
+      <x:c r="B255" s="2">
         <x:v>45512</x:v>
       </x:c>
       <x:c r="C255" s="0" t="n">
         <x:v>105353.66</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:3">
       <x:c r="A256" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B256" s="1">
+      <x:c r="B256" s="2">
         <x:v>45519</x:v>
       </x:c>
       <x:c r="C256" s="0" t="n">
         <x:v>103021.3</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:3">
       <x:c r="A257" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B257" s="1">
+      <x:c r="B257" s="2">
         <x:v>45526</x:v>
       </x:c>
       <x:c r="C257" s="0" t="n">
         <x:v>103357.21</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:3">
       <x:c r="A258" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B258" s="1">
+      <x:c r="B258" s="2">
         <x:v>45533</x:v>
       </x:c>
       <x:c r="C258" s="0" t="n">
         <x:v>99724.02</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:3">
       <x:c r="A259" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B259" s="1">
+      <x:c r="B259" s="2">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="C259" s="0" t="n">
         <x:v>99465.41</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:3">
       <x:c r="A260" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B260" s="1">
+      <x:c r="B260" s="2">
         <x:v>45547</x:v>
       </x:c>
       <x:c r="C260" s="0" t="n">
         <x:v>100548.01</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:3">
       <x:c r="A261" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B261" s="1">
+      <x:c r="B261" s="2">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="C261" s="0" t="n">
         <x:v>97006.1</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:3">
       <x:c r="A262" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B262" s="1">
+      <x:c r="B262" s="2">
         <x:v>45561</x:v>
       </x:c>
       <x:c r="C262" s="0" t="n">
         <x:v>94167.88</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:3">
       <x:c r="A263" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B263" s="1">
+      <x:c r="B263" s="2">
         <x:v>45566</x:v>
       </x:c>
       <x:c r="C263" s="0" t="n">
         <x:v>94538.34</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:3">
       <x:c r="A264" s="0" t="n">
         <x:v>281154</x:v>
       </x:c>
-      <x:c r="B264" s="1">
+      <x:c r="B264" s="2">
         <x:v>45575</x:v>
       </x:c>
       <x:c r="C264" s="0" t="n">
         <x:v>94744.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId12"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>