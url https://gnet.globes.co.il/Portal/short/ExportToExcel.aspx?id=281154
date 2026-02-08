--- v2 (2026-02-07)
+++ v3 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15021b7e05894108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6372fd6019eb4ea887c032187ad8cc44.psmdcp" Id="Rb35b375349234739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186ee50b824e4c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/612f2c1020454f49b741d3dde89eab0c.psmdcp" Id="Ra7db1540bdf1494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>כללביט יא-רובד 2</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46205.8333333333</x:v>
+        <x:v>46236.125</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>