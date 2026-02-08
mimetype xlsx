--- v3 (2026-02-08)
+++ v4 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186ee50b824e4c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/612f2c1020454f49b741d3dde89eab0c.psmdcp" Id="Ra7db1540bdf1494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcafa29eb660149f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc048263655e4df684621e28e19da044.psmdcp" Id="R8676998de3f5416e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>כללביט יא-רובד 2</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46236.125</x:v>
+        <x:v>46236.375</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>