--- v0 (2025-10-04)
+++ v1 (2025-12-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55e4734d95c448e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6197af3fc3ee49acb87e539ae0164989.psmdcp" Id="R3171b56e7e6e4c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3557923c94b04265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a2196d415604628a17f384a144fad04.psmdcp" Id="R7b3d01fe7a2a4946" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>מדיפאואר  אגח ב</x:t>
   </x:si>
@@ -136,52 +136,52 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C28" totalsRowShown="0">
-  <x:autoFilter ref="A1:C28"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C19" totalsRowShown="0">
+  <x:autoFilter ref="A1:C19"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C90" totalsRowShown="0">
   <x:autoFilter ref="A1:C90"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>45757.8333333333</x:v>
+        <x:v>45669.9166666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -575,366 +575,267 @@
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C28"/>
+  <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>44840</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>2902.58</x:v>
+        <x:v>86.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>44847</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>2960.96</x:v>
+        <x:v>38.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>44854</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>3017.93</x:v>
+        <x:v>30.06</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>44861</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>2133.45</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>44868</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>1484.44</x:v>
+        <x:v>81.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>44875</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>1481.93</x:v>
+        <x:v>82.63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>44882</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>1554.45</x:v>
+        <x:v>37.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>44889</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>2191.29</x:v>
+        <x:v>37.25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>44896</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>106.16</x:v>
+        <x:v>4.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>44903</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>86.69</x:v>
+        <x:v>60.87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>44910</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>38.24</x:v>
+        <x:v>74.11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>44917</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>30.06</x:v>
+        <x:v>82.59</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>44924</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>44931</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>81.7</x:v>
+        <x:v>34.73</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>44938</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>82.63</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>44945</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>37.65</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>44952</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>37.25</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>44959</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>4.62</x:v>
-[...97 lines deleted...]
-      <x:c r="C28" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C90"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>