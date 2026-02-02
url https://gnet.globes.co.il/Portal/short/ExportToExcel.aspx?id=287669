--- v1 (2025-12-01)
+++ v2 (2026-02-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3557923c94b04265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a2196d415604628a17f384a144fad04.psmdcp" Id="R7b3d01fe7a2a4946" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc3f750c3d7487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42799dc6c7f042e584e19c84bbf5da24.psmdcp" Id="R006844328ef943e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>מדיפאואר  אגח ב</x:t>
   </x:si>
@@ -136,52 +136,52 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C19" totalsRowShown="0">
-  <x:autoFilter ref="A1:C19"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C10" totalsRowShown="0">
+  <x:autoFilter ref="A1:C10"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C90" totalsRowShown="0">
   <x:autoFilter ref="A1:C90"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>45669.9166666667</x:v>
+        <x:v>46055.0833333333</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -575,267 +575,168 @@
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C19"/>
+  <x:dimension ref="A1:C10"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>44903</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>86.69</x:v>
+        <x:v>60.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>44910</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>38.24</x:v>
+        <x:v>74.11</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>44917</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>30.06</x:v>
+        <x:v>82.59</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>44924</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>44931</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>81.7</x:v>
+        <x:v>34.73</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>44938</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>82.63</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>44945</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>37.65</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>44952</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>37.25</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>287669</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>44959</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>4.62</x:v>
-[...97 lines deleted...]
-      <x:c r="C19" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C90"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>