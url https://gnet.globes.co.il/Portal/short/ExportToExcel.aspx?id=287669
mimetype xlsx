--- v2 (2026-02-02)
+++ v3 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc3f750c3d7487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42799dc6c7f042e584e19c84bbf5da24.psmdcp" Id="R006844328ef943e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a20db4e324a4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba8157dfa4384866a2259633e80512de.psmdcp" Id="Rc88083f0d54b4773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>מדיפאואר  אגח ב</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46055.0833333333</x:v>
+        <x:v>46205.9583333333</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>