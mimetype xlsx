--- v3 (2026-02-07)
+++ v4 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a20db4e324a4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba8157dfa4384866a2259633e80512de.psmdcp" Id="Rc88083f0d54b4773" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a29a436f40e4f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dcf5f324e60a4fd19a922759f06dbb54.psmdcp" Id="Rdff6f59dbb8f4618" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>מדיפאואר  אגח ב</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46205.9583333333</x:v>
+        <x:v>46236.1666666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>